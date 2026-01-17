--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W01</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1326,121 +1326,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę stanu naprężenia w powłokach cienkościennych w stanie błonowym. Umie przeprowadzić podstawowe obliczanie zbiorników cienkościennych - kulistego, walcowego i stożkowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>