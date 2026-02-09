--- v1 (2026-01-17)
+++ v2 (2026-02-09)
@@ -756,621 +756,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o metodach energetycznych obliczania układów liniowo-sprężystych  Zna twierdzenia o wzajemności prac i wzajemności przemieszczeń. Umie wyznaczać przemieszczenia  kilkoma metodami  / Twierdzenie Castigliano.  Metoda Maxwella-Mohra, sposób Wereszczagina, Równania kanoniczne/. Zna zasady analizy układów  zewnętrznie i wewnętrznie statycznie niewyznaczalnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o metodach energetycznych obliczania układów liniowo-sprężystych  Zna twierdzenia o wzajemności prac i wzajemności przemieszczeń. Umie wyznaczać przemieszczenia  kilkoma metodami  / Twierdzenie Castigliano.  Metoda Maxwella-Mohra, sposób Wereszczagina, Równania kanoniczne/. Zna zasady analizy układów  zewnętrznie i wewnętrznie statycznie niewyznaczalnych</w:t>
+        <w:t xml:space="preserve">Ma podstawą wiedzę o stateczności prętów prostych. Wyboczenie sprężyste.  Zagadnienie Eulera.  Siła krytyczna.  Smukłość pręta.  Wyboczenie posprężyste.  Prosta Tetmajera-Jasinskiego , parabola Johnsona-Ostenfelda. Metoda energetyczna (Timoshenki-Ritza) wyznaczania siły krytycznej.  Zna zasady prowadzenia obliczeń    prętów prostych na wyboczenie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawą wiedzę o analizie powłok cienkościennych w stanie błonowym  Stan naprężenia  i odkształcenia w ściance powłoki. Zna podstawy zagadnienie Lame. Rury grubościenne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawą wiedzę o stateczności prętów prostych. Wyboczenie sprężyste.  Zagadnienie Eulera.  Siła krytyczna.  Smukłość pręta.  Wyboczenie posprężyste.  Prosta Tetmajera-Jasinskiego , parabola Johnsona-Ostenfelda. Metoda energetyczna (Timoshenki-Ritza) wyznaczania siły krytycznej.  Zna zasady prowadzenia obliczeń    prętów prostych na wyboczenie.</w:t>
+        <w:t xml:space="preserve">Ma podstawą wiedzę o skręcaniu prętów o przekrojach niekołowych /podstawy teorii de Saint-Venanta./  Zna zasady  analizy stanu naprężenia i odkształcenia w profilach cienkościennych – profile otwarte i zamknięte. Wzory Bredta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń</w:t>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawą wiedzę o analizie powłok cienkościennych w stanie błonowym  Stan naprężenia  i odkształcenia w ściance powłoki. Zna podstawy zagadnienie Lame. Rury grubościenne.</w:t>
+        <w:t xml:space="preserve"> Ma podstawą wiedzę o obciążeniach cyklicznych, wytrzymałości zmęczeniowej  i mechanice pękania. Zjawisko zmęczenia materiału.  Obciążenia okresowe. Krzywa cyklicznego odkształcenia.  Badania zmęczeniowe.  Krzywa Wohlera.  Zależność  Mansona - Coffina.  Kumulacja uszkodzeń. Krzywa propagacji pęknięcia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve"> Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować złożone stany obciążenia 3D ./ Jednoczesne zginanie i rozciąganie lub ściskanie prętów prostych i ram. Zginanie ze ścinaniem.  Naprężenia styczne przy zginaniu nierównomiernym.  Zginanie ze skręcaniem -   obliczenia wałów/ . . Umie wyznaczyć rdzeń przekroju. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawą wiedzę o skręcaniu prętów o przekrojach niekołowych /podstawy teorii de Saint-Venanta./  Zna zasady  analizy stanu naprężenia i odkształcenia w profilach cienkościennych – profile otwarte i zamknięte. Wzory Bredta.</w:t>
+        <w:t xml:space="preserve">Potrafi analizować  i prowadzić obliczenia  metodami energetycznymi układów  statycznie wyznaczalnych dla złożonych wieloosiowych stanów obciążenia. Potrafi obliczać  układy  statycznie zewnętrznie i wewnętrznie  niewyznaczalne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0219_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ma podstawą wiedzę o obciążeniach cyklicznych, wytrzymałości zmęczeniowej  i mechanice pękania. Zjawisko zmęczenia materiału.  Obciążenia okresowe. Krzywa cyklicznego odkształcenia.  Badania zmęczeniowe.  Krzywa Wohlera.  Zależność  Mansona - Coffina.  Kumulacja uszkodzeń. Krzywa propagacji pęknięcia. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia  stateczności prętów prostych  .Wyboczenie sprężyste i  posprężyste. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Egzamin.</w:t>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08</w:t>
+        <w:t xml:space="preserve">KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08, KMiBM_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>