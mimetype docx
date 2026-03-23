--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -756,51 +756,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W01</w:t>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1326,51 +1326,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08, KMiBM_U09</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>