--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -983,51 +983,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W02, KMiBM_W03</w:t>
+        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1483,51 +1483,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
+        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U20, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>