--- v1 (2026-01-13)
+++ v2 (2026-03-23)
@@ -1193,51 +1193,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W02, KMiBM_W03, KMiBM_W12</w:t>
+        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W12, KMiBM_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1483,51 +1483,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U20, KMiBM_U12</w:t>
+        <w:t xml:space="preserve">KMiBM_U12, KMiBM_U13, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>