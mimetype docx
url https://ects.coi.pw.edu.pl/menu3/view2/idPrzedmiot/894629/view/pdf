--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -796,51 +796,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W14, KMiBM_W15, KMiBM_W03</w:t>
+        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W04, KMiBM_W14, KMiBM_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1366,51 +1366,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania. Ocena wykonywania zadań przez studenta w trakcie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U24, KMiBM_U20, KMiBM_U21</w:t>
+        <w:t xml:space="preserve">KMiBM_U20, KMiBM_U21, KMiBM_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>