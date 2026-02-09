--- v1 (2026-01-17)
+++ v2 (2026-02-09)
@@ -1076,51 +1076,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06, KMiBM_W12, KMiBM_W14, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W14, KMiBM_W18, KMiBM_W04, KMiBM_W06, KMiBM_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1296,51 +1296,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U19, KMiBM_U24</w:t>
+        <w:t xml:space="preserve">KMiBM_U19, KMiBM_U24, KMiBM_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>