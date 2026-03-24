--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -1076,51 +1076,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W14, KMiBM_W18, KMiBM_W04, KMiBM_W06, KMiBM_W12</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06, KMiBM_W12, KMiBM_W14, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1226,51 +1226,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U19, KMiBM_U20, KMiBM_U24</w:t>
+        <w:t xml:space="preserve">KMiBM_U24, KMiBM_U16, KMiBM_U19, KMiBM_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1296,51 +1296,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Krótki sprawdzian wiedzy ustny/ pisemny, ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U19, KMiBM_U24, KMiBM_U02</w:t>
+        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U19, KMiBM_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>