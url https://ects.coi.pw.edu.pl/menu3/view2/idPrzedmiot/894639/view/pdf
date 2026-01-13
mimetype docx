--- v0 (2025-12-27)
+++ v1 (2026-01-13)
@@ -896,51 +896,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny lub ustny przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W13, KMiBM_W16</w:t>
+        <w:t xml:space="preserve">KMiBM_W16, KMiBM_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1326,51 +1326,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych i ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U01</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>