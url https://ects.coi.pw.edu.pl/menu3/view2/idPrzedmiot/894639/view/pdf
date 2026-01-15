--- v1 (2026-01-13)
+++ v2 (2026-01-15)
@@ -896,51 +896,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny lub ustny przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W16, KMiBM_W13</w:t>
+        <w:t xml:space="preserve">KMiBM_W13, KMiBM_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>