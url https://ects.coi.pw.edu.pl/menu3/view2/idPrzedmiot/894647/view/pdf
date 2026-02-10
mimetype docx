--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20, KMiBM_W12, KMiBM_W19, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1051,51 +1051,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1261,51 +1261,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1150-MB000-ISP-0311_U1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1341,51 +1341,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_K01, KMiBM_K02, KMiBM_K04</w:t>
+        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K04, KMiBM_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>