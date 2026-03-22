--- v1 (2026-02-10)
+++ v2 (2026-03-22)
@@ -1121,271 +1121,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0311_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi prawidłowo określić możliwości i ograniczenia technologiczne wykonania poszczególnych elementów mechanicznych układów napędowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0311_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka Egzamin: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi prawidłowo określić możliwości i ograniczenia technologiczne wykonania poszczególnych elementów mechanicznych układów napędowych</w:t>
+        <w:t xml:space="preserve">Potrafi określić i dobrać elementy zespołów mechanicznych układów napędowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">1150-MB000-ISP-0311_U1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-0311_K1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma świadomość ważności prawidłowego doboru elementów mechanicznych układów napędowych pod względem możliwych skutków popełnionych błędów projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K04, KMiBM_K01</w:t>
+        <w:t xml:space="preserve">KMiBM_K01, KMiBM_K02, KMiBM_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>