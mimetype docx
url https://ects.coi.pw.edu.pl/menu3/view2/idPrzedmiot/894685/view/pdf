--- v0 (2025-12-27)
+++ v1 (2026-01-18)
@@ -924,51 +924,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1004,51 +1004,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>