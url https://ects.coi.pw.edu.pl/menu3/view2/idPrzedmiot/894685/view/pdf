--- v1 (2026-01-18)
+++ v2 (2026-02-10)
@@ -924,51 +924,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W19, KMiBM_W17, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1144,51 +1144,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>