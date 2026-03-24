--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -784,411 +784,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W20, KMiBM_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-322_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu opisu kinematyki robotów. właściwości, budowy i optymalizacji pracy robotów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca domowa- opis koncepcji rozwiązania zadania robotycznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-322_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-322_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu opisu kinematyki robotów. właściwości, budowy i optymalizacji pracy robotów </w:t>
+        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu opisu kinematyki robotów. właściwości, budowy i programowania robotów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca domowa- opis koncepcji rozwiązania zadania robotycznego</w:t>
+        <w:t xml:space="preserve"> Ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-322_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-322_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną, podbudowaną teoretycznie wiedzę ogólną obejmującą kluczowe zagadnienia z zakresu opisu kinematyki robotów. właściwości, budowy i programowania robotów.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia zespołów układu kinematycznego robota oraz obciążenia dynamiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-322_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-322_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia zespołów układu kinematycznego robota oraz obciążenia dynamiczne.</w:t>
+        <w:t xml:space="preserve">Potrafi zdefiniować problemy do rozwiązania w zadaniu robotycznym. Umie zaprojektować ruchy członów robota.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">Praca domowa. Z ustnym przedstawieniem wykonanego zadania. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-322_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-ISP-322_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zdefiniować problemy do rozwiązania w zadaniu robotycznym. Umie zaprojektować ruchy członów robota.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprogramować układ PLC, i interfejs człowiek maszyna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Praca domowa. Z ustnym przedstawieniem wykonanego zadania. </w:t>
+        <w:t xml:space="preserve">Sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>