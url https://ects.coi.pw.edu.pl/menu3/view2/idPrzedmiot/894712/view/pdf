--- v0 (2025-12-27)
+++ v1 (2026-01-10)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W04, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06, KMiBM_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1049,51 +1049,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U16, KMiBM_U24</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U16, KMiBM_U24, KMiBM_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1269,51 +1269,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_K02, KMiBM_K03, KMiBM_K01</w:t>
+        <w:t xml:space="preserve">KMiBM_K01, KMiBM_K02, KMiBM_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>