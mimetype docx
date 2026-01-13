--- v1 (2026-01-10)
+++ v2 (2026-01-13)
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1049,51 +1049,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U16, KMiBM_U24, KMiBM_U01</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U16, KMiBM_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>