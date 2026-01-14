--- v2 (2026-01-13)
+++ v3 (2026-01-14)
@@ -969,51 +969,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W18</w:t>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>