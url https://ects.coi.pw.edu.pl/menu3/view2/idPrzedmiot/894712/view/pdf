--- v3 (2026-01-14)
+++ v4 (2026-02-09)
@@ -1119,51 +1119,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U10, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U01, KMiBM_U03, KMiBM_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>