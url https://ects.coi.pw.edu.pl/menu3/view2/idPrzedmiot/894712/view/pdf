--- v4 (2026-02-09)
+++ v5 (2026-03-23)
@@ -759,481 +759,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W17, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy wykorzystania metody elementów skończonych w analizach laminatów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06, KMiBM_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy wykorzystania metody elementów skończonych w analizach laminatów.</w:t>
+        <w:t xml:space="preserve">Posiada dobrze ugruntowaną wiedzę z zakresu oceny wytężenia struktur warstwowych. Zna metody modelowania właściwości warstw ortotropowych, wprowadzania warunków brzegowych oraz obciążeń do laminatów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06, KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada dobrze ugruntowaną wiedzę z zakresu oceny wytężenia struktur warstwowych. Zna metody modelowania właściwości warstw ortotropowych, wprowadzania warunków brzegowych oraz obciążeń do laminatów.</w:t>
+        <w:t xml:space="preserve">Ma świadomość uproszczeń stosowanych w modelach obliczniowych warstwowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W06, KMiBM_W19, KMiBM_W17, KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma świadomość uproszczeń stosowanych w modelach obliczniowych warstwowych.</w:t>
+        <w:t xml:space="preserve">Student potrafi wykonać proste analizy wytrzymałościowe płyt i belek laminowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U16, KMiBM_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wykonać proste analizy wytrzymałościowe płyt i belek laminowanych.</w:t>
+        <w:t xml:space="preserve">Student potrafi zaplanować i wykonać analizy wytrzymałościowe złożonych struktur warstwowych (węzłów konstrukcyjnych) pracujących w złożonym stanie obciążenia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U16, KMiBM_U24</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U10, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MBKCI-ISP- 0404_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zaplanować i wykonać analizy wytrzymałościowe złożonych struktur warstwowych (węzłów konstrukcyjnych) pracujących w złożonym stanie obciążenia. </w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizy postaci, sił krytycznych i częstości drgań własnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian, egzamin.</w:t>
+        <w:t xml:space="preserve">Sprawdzian, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U01, KMiBM_U03, KMiBM_U10</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03, KMiBM_U10, KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U01, KMiBM_U03, KMiBM_U10, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>