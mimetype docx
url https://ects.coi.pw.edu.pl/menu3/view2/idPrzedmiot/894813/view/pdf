--- v0 (2026-01-18)
+++ v1 (2026-02-09)
@@ -1418,51 +1418,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
+        <w:t xml:space="preserve">KMchtr_U03, KMchtr_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>