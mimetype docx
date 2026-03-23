--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1208,87 +1208,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U03, KMchtr_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie obliczać całki krzywoliniowe skierowanej i nieskierowane zamieniając je na całki funkcji jednej zmiennej. Umie obliczać długość krzywej, moment statyczny, bezwładności i środek ciężkości krzywej, pracę w polu sił.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie obliczać całki krzywoliniowe skierowanej i nieskierowane zamieniając je na całki funkcji jednej zmiennej. Umie obliczać długość krzywej, moment statyczny, bezwładności i środek ciężkości krzywej, pracę w polu sił.</w:t>
+        <w:t xml:space="preserve">Student umie obliczać całki powierzchniowe zorientowane i niezorientowane  zamieniając je na całki podwójne. Umie obliczać pole powierzchni w przestrzeni , moment statyczny, bezwładności i środek ciężkości powierzchni, strun mień  pola wektorowego.  .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1307,162 +1377,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1120-00000-ISP-0114_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie obliczać całki powierzchniowe zorientowane i niezorientowane  zamieniając je na całki podwójne. Umie obliczać pole powierzchni w przestrzeni , moment statyczny, bezwładności i środek ciężkości powierzchni, strun mień  pola wektorowego.  .</w:t>
+        <w:t xml:space="preserve">Student umie stosować twierdzenia Greena, Gaussa i Stokesa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uzyskanie odpowiedniej liczby punktów na kolokwium, egzaminie, praca studenta na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U01, KMchtr_U03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U03, KMchtr_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>