--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -843,51 +843,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W12, KMChtr_W02, KMChtr_W03</w:t>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1553,51 +1553,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U12, KMchtr_U01, KMchtr_U02</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>