--- v1 (2026-01-18)
+++ v2 (2026-02-10)
@@ -1123,51 +1123,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12</w:t>
+        <w:t xml:space="preserve">KMChtr_W03, KMchtr_W12, KMChtr_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>