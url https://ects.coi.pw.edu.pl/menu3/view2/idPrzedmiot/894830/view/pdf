--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -1123,51 +1123,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W03, KMchtr_W12, KMChtr_W02</w:t>
+        <w:t xml:space="preserve">KMChtr_W02, KMChtr_W03, KMchtr_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1413,51 +1413,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń laboratoryjnych, sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U12</w:t>
+        <w:t xml:space="preserve">KMchtr_U12, KMchtr_U01, KMchtr_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>