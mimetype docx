--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -840,51 +840,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, krótki sprawdzian wiedzy(ustny lub pisemny) weryfikujący przygotowanie studenta do laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W19, KMChtr_W02</w:t>
+        <w:t xml:space="preserve">KMChtr_W02, KMchtr_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>