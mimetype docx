--- v1 (2026-01-17)
+++ v2 (2026-02-10)
@@ -1130,51 +1130,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca w laboratorium. Ocena sprawozdania  z ćwiczenia lab. Egzamin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U09, KMchtr_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>