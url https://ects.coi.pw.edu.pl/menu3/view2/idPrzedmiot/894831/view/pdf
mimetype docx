--- v2 (2026-02-10)
+++ v3 (2026-03-22)
@@ -1130,51 +1130,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca w laboratorium. Ocena sprawozdania  z ćwiczenia lab. Egzamin. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U09, KMchtr_U14</w:t>
+        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1270,51 +1270,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca w laboratorium. Ocena sprawozdania  z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U02, KMchtr_U03, KMchtr_U04, KMchtr_U11</w:t>
+        <w:t xml:space="preserve">KMchtr_U11, KMchtr_U02, KMchtr_U03, KMchtr_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>