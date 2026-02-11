--- v0 (2025-12-01)
+++ v1 (2026-02-11)
@@ -906,51 +906,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń i ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U08, KMchtr_U11, KMchtr_U12</w:t>
+        <w:t xml:space="preserve">KMchtr_U11, KMchtr_U12, KMchtr_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>