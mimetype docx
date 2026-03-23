--- v1 (2026-02-11)
+++ v2 (2026-03-23)
@@ -756,201 +756,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W15, KMChtr_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0331_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę o metodach i technikach analizy i przetwarzania sygnałów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMChtr_W02, KMchtr_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0331_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-ISP-0331_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę o metodach i technikach analizy i przetwarzania sygnałów</w:t>
+        <w:t xml:space="preserve">Potrafi wykonywać pomiary wielkości dynamicznych z wykorzystaniem nowoczesnej aparatury pomiarowej (w tym kalibrację toru pomiarowego na podstawie wzorca zewnętrznego oraz na podstawie charakterystyk elementów toru pomiarowego).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
+        <w:t xml:space="preserve">Ocena wykonywania zadań w trakcie realizacji ćwiczeń i ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W02, KMchtr_W15</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U11, KMchtr_U12, KMchtr_U08</w:t>
+        <w:t xml:space="preserve">KMchtr_U08, KMchtr_U11, KMchtr_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>