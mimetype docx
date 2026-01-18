--- v0 (2025-12-02)
+++ v1 (2026-01-18)
@@ -834,51 +834,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_W20, KMChtr_W17, KMchtr_W18, KMchtr_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1126,51 +1126,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>