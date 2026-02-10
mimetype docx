--- v1 (2026-01-18)
+++ v2 (2026-02-10)
@@ -834,51 +834,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W20, KMChtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -976,51 +976,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_W19, KMchtr_W20, KMChtr_W17, KMchtr_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>