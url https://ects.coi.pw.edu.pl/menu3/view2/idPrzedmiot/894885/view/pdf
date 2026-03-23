--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -834,51 +834,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMChtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -976,51 +976,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W19, KMchtr_W20, KMChtr_W17, KMchtr_W18</w:t>
+        <w:t xml:space="preserve">KMChtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>