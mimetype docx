--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -1168,541 +1168,541 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić prawidłowość uzyskanego wyniku pod względem ilościowym i jakościowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać reakcje podpór statycznie wyznaczalnych układów mechanicznych płaskich i przestrzennych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązywać zdania statyki układów z uwzględnieniem tarcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie wyznaczać prędkość i przyspieszenie punktu materialnego w układach: kartezjańskim, biegunowym i w układzie kierunków naturalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozwiązywać zadania rzutów punktu materialnego w jednorodnym polu grawitacyjnym z liniowymi oporami ruchu oraz rzutu pionowego w polu niejednorodnym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi stosować w zadaniach prawo zachowania energii mechanicznej w przypadku punktu materialnego i układu punktów materialnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wyznaczać położenie środka masy układu punktów materialnych i bryły oraz obliczać momenty bezwładności brył korzystając z twierdzenia Steinera.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U03, KMiBM_U01</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>