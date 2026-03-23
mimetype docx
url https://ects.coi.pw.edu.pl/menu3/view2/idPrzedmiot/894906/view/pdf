--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1018,167 +1018,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W03, KMiBM_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zbudować model fizyczny realnego układu mechanicznego na potrzeby analizy statycznej lub dynamicznej w postawionym zadaniu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi zbudować model fizyczny realnego układu mechanicznego na potrzeby analizy statycznej lub dynamicznej w postawionym zadaniu.</w:t>
+        <w:t xml:space="preserve">Student potrafi wybrać i zastosować odpowiednie prawo mechaniki oraz właściwą metodę do rozwiązania postawionego zadania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne na ćwiczeniach, ocena prac domowych</w:t>
+        <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W03</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wybrać i zastosować odpowiednie prawo mechaniki oraz właściwą metodę do rozwiązania postawionego zadania.</w:t>
+        <w:t xml:space="preserve">Student potrafi ocenić prawidłowość uzyskanego wyniku pod względem ilościowym i jakościowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1197,58 +1267,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi ocenić prawidłowość uzyskanego wyniku pod względem ilościowym i jakościowym.</w:t>
+        <w:t xml:space="preserve">Student potrafi obliczać reakcje podpór statycznie wyznaczalnych układów mechanicznych płaskich i przestrzennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1267,58 +1337,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi obliczać reakcje podpór statycznie wyznaczalnych układów mechanicznych płaskich i przestrzennych.</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązywać zdania statyki układów z uwzględnieniem tarcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1337,58 +1407,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi rozwiązywać zdania statyki układów z uwzględnieniem tarcia.</w:t>
+        <w:t xml:space="preserve">Student umie wyznaczać prędkość i przyspieszenie punktu materialnego w układach: kartezjańskim, biegunowym i w układzie kierunków naturalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1407,58 +1477,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student umie wyznaczać prędkość i przyspieszenie punktu materialnego w układach: kartezjańskim, biegunowym i w układzie kierunków naturalnych.</w:t>
+        <w:t xml:space="preserve">Student potrafi rozwiązywać zadania rzutów punktu materialnego w jednorodnym polu grawitacyjnym z liniowymi oporami ruchu oraz rzutu pionowego w polu niejednorodnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1477,58 +1547,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi rozwiązywać zadania rzutów punktu materialnego w jednorodnym polu grawitacyjnym z liniowymi oporami ruchu oraz rzutu pionowego w polu niejednorodnym.</w:t>
+        <w:t xml:space="preserve">Student potrafi stosować w zadaniach prawo zachowania energii mechanicznej w przypadku punktu materialnego i układu punktów materialnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1547,162 +1617,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0118_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi stosować w zadaniach prawo zachowania energii mechanicznej w przypadku punktu materialnego i układu punktów materialnych.</w:t>
+        <w:t xml:space="preserve">Student potrafi wyznaczać położenie środka masy układu punktów materialnych i bryły oraz obliczać momenty bezwładności brył korzystając z twierdzenia Steinera.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawdziany pisemne, ocena zadanych prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U01, KMiBM_U03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>