--- v0 (2026-01-11)
+++ v1 (2026-02-09)
@@ -1109,51 +1109,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W05, KMiBM_W06, KMiBM_W01, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1189,261 +1189,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U09, KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i prowadzić obliczenia metodami energetycznymi układów  statycznie wyznaczalnych dla złożonych wieloosiowych stanów obciążenia. Potrafi obliczać układy statycznie zewnętrznie i wewnętrznie niewyznaczalne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować i prowadzić obliczenia metodami energetycznymi układów  statycznie wyznaczalnych dla złożonych wieloosiowych stanów obciążenia. Potrafi obliczać układy statycznie zewnętrznie i wewnętrznie niewyznaczalne.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia stateczności prętów prostych.  /Wyboczenie sprężyste i posprężyste/. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
+        <w:t xml:space="preserve">Egzamin. praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia stateczności prętów prostych.  /Wyboczenie sprężyste i posprężyste/. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę stanu naprężenia w powłokach cienkościennych w stanie błonowym /Umie przeprowadzić podstawowe obliczanie zbiorników cienkościennych - kulistego, walcowego i stożkowego/.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
+        <w:t xml:space="preserve">KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08, KMiBM_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>