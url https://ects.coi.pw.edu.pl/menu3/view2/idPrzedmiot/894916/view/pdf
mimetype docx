--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -899,551 +899,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W01, KMiBM_W04, KMiBM_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawą wiedzę o analizie powłok cienkościennych w stanie błonowym /Stan naprężenia i odkształcenia w ściance powłoki/. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawą wiedzę o analizie powłok cienkościennych w stanie błonowym /Stan naprężenia i odkształcenia w ściance powłoki/. </w:t>
+        <w:t xml:space="preserve">Ma podstawą wiedzę o skręcaniu prętów cienkościennych. Zna zasady analizy stanu naprężenia i odkształcenia – profile otwarte i zamknięte. Wzory Bredta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawą wiedzę o obciążeniach cyklicznych i wytrzymałości zmęczeniowej /Zawisko zmęczenia materiału. Obciążenia okresowe. Krzywa cyklicznego odkształcenia. Badania zmęczeniowe. Krzywa Wohlera. Wykres Smitha. Kumulacja uszkodzeń/. Ma wiedzę z podstaw reologii /Zjawiska pełzania i relaksacji, podstawowe modele reologiczne materiałów lepkosprężystych/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować złożone stany obciążenia 3D Jednoczesne zginanie i rozciąganie lub ściskanie prętów prostych i ram. Zginanie ze ścinaniem. Zginanie ze skręcaniem - obliczenia wałów/. Umie wyznaczyć rdzeń przekroju. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować i prowadzić obliczenia metodami energetycznymi układów  statycznie wyznaczalnych dla złożonych wieloosiowych stanów obciążenia. Potrafi obliczać układy statycznie zewnętrznie i wewnętrznie niewyznaczalne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia stateczności prętów prostych.  /Wyboczenie sprężyste i posprężyste/. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin. praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0219_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawą wiedzę o skręcaniu prętów cienkościennych. Zna zasady analizy stanu naprężenia i odkształcenia – profile otwarte i zamknięte. Wzory Bredta.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizę stanu naprężenia w powłokach cienkościennych w stanie błonowym /Umie przeprowadzić podstawowe obliczanie zbiorników cienkościennych - kulistego, walcowego i stożkowego/.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Egzamin. praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W01, KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U05, KMiBM_U08, KMiBM_U09, KMiBM_U10, KMiBM_U12</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U10, KMiBM_U12, KMiBM_U05, KMiBM_U08, KMiBM_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>