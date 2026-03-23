--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -795,87 +795,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_W05, KMiBM_W06, KMiBM_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o metodach obliczeń wytrzymałościowych elementów maszyn.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o metodach obliczeń wytrzymałościowych elementów maszyn.</w:t>
+        <w:t xml:space="preserve">Zna zasady określania współczynników bezpieczeństwa i naprężeń dopuszczalnych dla obciążeń stałych i zmiennych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -894,128 +964,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania współczynników bezpieczeństwa i naprężeń dopuszczalnych dla obciążeń stałych i zmiennych.</w:t>
+        <w:t xml:space="preserve">Zna zasady projektowania prostych połączeń (wpustowe, wielowypustowe, spawane, gwintowe itp.) przenoszących zadane obciążenie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W05, KMiBM_W06, KMiBM_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady projektowania prostych połączeń (wpustowe, wielowypustowe, spawane, gwintowe itp.) przenoszących zadane obciążenie.</w:t>
+        <w:t xml:space="preserve">Zna zasady projektowania wałów maszynowych i przekładni.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1034,208 +1104,208 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady projektowania wałów maszynowych i przekładni.</w:t>
+        <w:t xml:space="preserve">Zna zasady zapisu konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W06, KMiBM_W11, KMiBM_W04, KMiBM_W05</w:t>
+        <w:t xml:space="preserve">KMiBM_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady zapisu konstrukcji.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie (wpustowe lub wielowypustowe, spawane itp.) przenoszące zadane obciążenie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W07</w:t>
+        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie (wpustowe lub wielowypustowe, spawane itp.) przenoszące zadane obciążenie.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować wybrane elementy układów przenoszenia mocy (wały ułożyskowane, koła pasowe, łańcuchowe, zębate).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1254,162 +1324,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0303_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować wybrane elementy układów przenoszenia mocy (wały ułożyskowane, koła pasowe, łańcuchowe, zębate).</w:t>
+        <w:t xml:space="preserve">Potrafi właściwie zastosować zasady zapisu konstrukcji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U03, KMiBM_U04, KMiBM_U05, KMiBM_U07, KMiBM_U08</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U07, KMiBM_U10</w:t>
+        <w:t xml:space="preserve">KMiBM_U10, KMiBM_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>