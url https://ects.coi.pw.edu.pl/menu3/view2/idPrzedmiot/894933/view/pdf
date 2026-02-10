--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Krótki sprawdzian ustny/pisemny dot. przygotowania studenta do ćwiczeń. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W10</w:t>
+        <w:t xml:space="preserve">KMiBM_W10, KMiBM_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1259,51 +1259,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Krótki sprawdzian ustny/pisemny dot. przygotowania studenta do ćwiczeń. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U13, KMiBM_U02, KMiBM_U03</w:t>
+        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U03, KMiBM_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>