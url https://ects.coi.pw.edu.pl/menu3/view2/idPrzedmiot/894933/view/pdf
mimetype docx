--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -829,51 +829,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Krótki sprawdzian ustny/pisemny dot. przygotowania studenta do ćwiczeń. Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W10, KMiBM_W04</w:t>
+        <w:t xml:space="preserve">KMiBM_W04, KMiBM_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1119,51 +1119,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U11, KMiBM_U13</w:t>
+        <w:t xml:space="preserve">KMiBM_U11, KMiBM_U13, KMiBM_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>