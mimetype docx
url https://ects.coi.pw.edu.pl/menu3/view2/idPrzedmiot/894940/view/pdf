--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W12, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
+        <w:t xml:space="preserve">KMiBM_W12, KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1051,261 +1051,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0311_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić zakres niezbędnych podstawowych obliczeń zespołów mechanicznych układów napędowych i sformułować stosowne kryteria projektowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0311_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0311_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić zakres niezbędnych podstawowych obliczeń zespołów mechanicznych układów napędowych i sformułować stosowne kryteria projektowe.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia projektowe dla podstawowych zespołów mechanicznych układów napędowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0311_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi prawidłowo określić możliwości i ograniczenia technologiczne wykonania poszczególnych elementów mechanicznych układów napędowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>