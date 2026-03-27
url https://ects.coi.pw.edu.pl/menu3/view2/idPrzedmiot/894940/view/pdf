--- v1 (2026-02-10)
+++ v2 (2026-03-27)
@@ -1051,51 +1051,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01</w:t>
+        <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1191,121 +1191,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-IZP-0311_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi prawidłowo określić możliwości i ograniczenia technologiczne wykonania poszczególnych elementów mechanicznych układów napędowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07, KMiBM_U08, KMiBM_U09, KMiBM_U11</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMiBM_U08, KMiBM_U09, KMiBM_U11, KMiBM_U01, KMiBM_U02, KMiBM_U03, KMiBM_U04, KMiBM_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>