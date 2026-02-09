--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -756,51 +756,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa i kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -906,51 +906,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
+        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>