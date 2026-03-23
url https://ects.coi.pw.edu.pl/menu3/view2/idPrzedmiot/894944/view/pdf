--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -906,51 +906,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca domowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U18, KMiBM_U15, KMiBM_U16, KMiBM_U17</w:t>
+        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>