--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -1125,51 +1125,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>