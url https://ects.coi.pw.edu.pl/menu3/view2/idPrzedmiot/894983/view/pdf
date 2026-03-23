--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -905,51 +905,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, praca domowa, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>