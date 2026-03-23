--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -762,51 +762,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W18, KMiBM_W19, KMiBM_W20, KMiBM_W17</w:t>
+        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1042,51 +1042,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_W17, KMiBM_W18, KMiBM_W19, KMiBM_W20</w:t>
+        <w:t xml:space="preserve">KMiBM_W20, KMiBM_W17, KMiBM_W18, KMiBM_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1262,51 +1262,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena wykonywania zadań w trakcie realizacji ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM_U16, KMiBM_U17, KMiBM_U18, KMiBM_U15</w:t>
+        <w:t xml:space="preserve">KMiBM_U15, KMiBM_U16, KMiBM_U17, KMiBM_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>