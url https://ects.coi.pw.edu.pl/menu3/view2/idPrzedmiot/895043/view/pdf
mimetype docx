--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -852,51 +852,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W12, KMchtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -992,51 +992,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W12</w:t>
+        <w:t xml:space="preserve">KMchtr_W12, KMchtr_W17, KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>