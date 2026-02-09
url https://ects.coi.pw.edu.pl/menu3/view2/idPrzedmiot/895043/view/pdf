--- v1 (2026-01-17)
+++ v2 (2026-02-09)
@@ -782,377 +782,517 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W05, KMchtr_W09, KMchtr_W12, KMchtr_W17, KMchtr_W02, KMchtr_W03, KMchtr_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o kryteriach doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W12, KMchtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o kryteriach doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.</w:t>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń trakcyjnych i roboczych i ich efektów, niezbędnych do projektowania napędu elektrycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W12</w:t>
+        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W11, KMchtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady określania i wyznaczania obciążeń trakcyjnych i roboczych i ich efektów, niezbędnych do projektowania napędu elektrycznego.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki komponentów napędu elektrycznego, niezbędne dla ich właściwego doboru.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W11, KMchtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09, KMchtr_W12, KMchtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki komponentów napędu elektrycznego, niezbędne dla ich właściwego doboru.	</w:t>
+        <w:t xml:space="preserve">Potrafi dobrać komponenty napędów elektrycznych na podstawie ich podstawowych właściwościach 	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego.</w:t>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W12, KMchtr_W17, KMchtr_W02, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W09</w:t>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi dobrać komponenty napędów elektrycznych na podstawie ich podstawowych właściwościach 	</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować kryteria doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13, KMchtr_U01, KMchtr_U02, KMchtr_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i wyznaczyć obciążenia trakcyjne i robocze i ich efekty, niezbędne do projektowania napędu elektrycznego.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować kryteria doboru komponentów napędu elektrycznego, wynikających z analizy charakteru obciążenia i warunków pracy napędu elektrycznego.	</w:t>
+        <w:t xml:space="preserve">Potrafi wytypować szczególnie obciążone w danych warunkach komponenty napędu elektrycznego i dobrać odpowiednią technologię komponentów z uwzględnieniem ich szacunkowych kosztów.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1171,232 +1311,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0301_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić i wyznaczyć obciążenia trakcyjne i robocze i ich efekty, niezbędne do projektowania napędu elektrycznego.	</w:t>
+        <w:t xml:space="preserve">Potrafi określić charakterystyki komponentów napędu elektrycznego, niezbędne dla ich właściwego doboru.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny, rozmowa dopuszczająca do wykonania ćwiczenia laboratoryjnego, Sprawozdanie z ćwiczenia laboratoryjnego; obserwacja sposobu wykonywania ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U02, KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13</w:t>
+        <w:t xml:space="preserve">KMchtr_U06, KMchtr_U07, KMchtr_U09, KMchtr_U12, KMchtr_U13, KMchtr_U01, KMchtr_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>