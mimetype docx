--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -1118,51 +1118,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W12, KMchtr_W17, KMchtr_W11</w:t>
+        <w:t xml:space="preserve">KMchtr_W11, KMchtr_W12, KMchtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1628,51 +1628,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_K01, KMchtr_K03, KMchtr_K05, KMchtr_K04</w:t>
+        <w:t xml:space="preserve">KMchtr_K03, KMchtr_K05, KMchtr_K04, KMchtr_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>