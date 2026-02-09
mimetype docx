--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -1048,631 +1048,631 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W12, KMchtr_W17, KMchtr_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady doboru elementów projektowanego układu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W11, KMchtr_W12, KMchtr_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sterować elementami wykonawczymi projektowanego napędu hydraulicznego lub pneumatycznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi planować i budować układy hydrauliczne i pneumatyczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U04, KMchtr_U07, KMchtr_U08, KMchtr_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wykorzystać metody symulacyjne do projektowania i oceny układów hydraulicznych i pneumatycznych oraz układów sterowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi dokonać analizy funkcjonowania istniejących układów hydraulicznych i pneumatycznych oraz przedstawić, metodę poprawy funkcjonalności układów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Zna zasady doboru elementów projektowanego układu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W11, KMchtr_W12, KMchtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi sterować elementami wykonawczymi projektowanego napędu hydraulicznego lub pneumatycznego.</w:t>
+        <w:t xml:space="preserve">Potrafi czytać schematy układów hydraulicznych i pneumatycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W13</w:t>
+        <w:t xml:space="preserve">KMchtr_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0316_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi planować i budować układy hydrauliczne i pneumatyczne.</w:t>
+        <w:t xml:space="preserve">Student potrafi współdziałać i pracować w grupie, przyjmując w niej role projektanta i wykonawcy oraz obsługującego urządzenia wyposażone w układy hydrauliczne i pneumatyczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U01, KMchtr_U04, KMchtr_U07, KMchtr_U08, KMchtr_U18</w:t>
-[...359 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_K03, KMchtr_K05, KMchtr_K04, KMchtr_K01</w:t>
+        <w:t xml:space="preserve">KMchtr_K01, KMchtr_K03, KMchtr_K05, KMchtr_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>