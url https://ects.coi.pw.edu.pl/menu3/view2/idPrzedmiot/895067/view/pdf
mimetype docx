--- v0 (2025-12-01)
+++ v1 (2025-12-27)
@@ -911,51 +911,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W17</w:t>
+        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1201,51 +1201,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>