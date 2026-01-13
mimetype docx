--- v1 (2025-12-27)
+++ v2 (2026-01-13)
@@ -1131,121 +1131,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MTPOJ-IZP-0321_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć obciążenia projektowe dla podstawowych zespołów układu napędowego pojazdu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia, ustny sprawdzian przed dopuszczeniem do wykonywania ćwiczeń, ocena sprawozdań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>