--- v2 (2026-01-13)
+++ v3 (2026-03-23)
@@ -1131,51 +1131,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
+        <w:t xml:space="preserve">KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>