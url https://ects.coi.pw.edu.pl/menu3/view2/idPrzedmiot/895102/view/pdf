--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -769,51 +769,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
+        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W06, KMchtr_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>