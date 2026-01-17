--- v1 (2025-12-27)
+++ v2 (2026-01-17)
@@ -769,51 +769,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W06, KMchtr_W01</w:t>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W03, KMchtr_W04, KMchtr_W05, KMchtr_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1131,51 +1131,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U06, KMchtr_U07</w:t>
+        <w:t xml:space="preserve">KMchtr_U07, KMchtr_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>