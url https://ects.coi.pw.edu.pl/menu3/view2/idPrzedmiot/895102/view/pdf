--- v2 (2026-01-17)
+++ v3 (2026-03-23)
@@ -1131,121 +1131,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U06, KMchtr_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0202_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wyznaczać siły wewnętrzne, naprężenia w belkach i ramach płaskich - statycznie wyznaczalnych. Potrafi wyznaczyć przemieszczenia w belkach prostych. Umie wykonać  obliczenia wytrzymałościowe i sztywnościowe na zginanie takich ustrojów. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Sprawdzian pisemny w czasie ćwiczeń, praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U07, KMchtr_U06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U06, KMchtr_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>