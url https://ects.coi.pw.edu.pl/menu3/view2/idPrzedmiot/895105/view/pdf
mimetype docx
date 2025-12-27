--- v0 (2025-12-01)
+++ v1 (2025-12-27)
@@ -835,51 +835,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W01</w:t>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -905,51 +905,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W01, KMchtr_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1057,121 +1057,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0116_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zinterpretuje zasady określania i wyznaczania mocy i energii prądu przemiennego i stałego. Zastosuje wiedzę o podstawowych zagadnieniach opisujących stany nieustalone RL i RC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>