--- v1 (2025-12-27)
+++ v2 (2026-01-11)
@@ -905,51 +905,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W01, KMchtr_W02</w:t>
+        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1057,51 +1057,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U09</w:t>
+        <w:t xml:space="preserve">KMchtr_U17, KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>