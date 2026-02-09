--- v2 (2026-01-11)
+++ v3 (2026-02-09)
@@ -905,51 +905,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_W01, KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
+        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1057,51 +1057,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U17, KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16</w:t>
+        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1199,51 +1199,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17, KMchtr_U18</w:t>
+        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>