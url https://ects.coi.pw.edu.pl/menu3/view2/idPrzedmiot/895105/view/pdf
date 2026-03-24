--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -835,121 +835,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr_W20, KMchtr_W01, KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MT000-IZP-0116_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady określania i wyznaczania mocy i energii prądu przemiennego i stałego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin. Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr_W01, KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">KMchtr_W02, KMchtr_W17, KMchtr_W18, KMchtr_W19, KMchtr_W20, KMchtr_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1199,51 +1199,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ustny/pisemny krótki sprawdzian weryfikujący przygotowanie studenta do ćwiczeń laboratoryjnych, praca w laboratorium, ocena raportu z ćwiczenia lab</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15, KMChtr_U16, KMchtr_U17</w:t>
+        <w:t xml:space="preserve">KMChtr_U16, KMchtr_U17, KMchtr_U18, KMchtr_U09, KMchtr_U14, KMchtr_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>