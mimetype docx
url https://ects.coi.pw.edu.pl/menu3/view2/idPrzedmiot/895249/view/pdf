--- v0 (2025-12-01)
+++ v1 (2026-01-16)
@@ -751,411 +751,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM2_W05, KMiBM2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawy teoretyczne metod przybliżonych stosowanych w zagadnieniach nieliniowych: zbieżność, ocena dokładności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">dyskusja, praca zaliczeniowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM2_W04, KMiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawy teoretyczne metod przybliżonych stosowanych w zagadnieniach nieliniowych: zbieżność, ocena dokładności.</w:t>
+        <w:t xml:space="preserve">Zna podstawy teoretyczne teorii plastyczności w zakresie potrzebnym do projektowania elementów maszyn z materiałów o właściwościach sprężysto -plastycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W04, KMiBM2_W05</w:t>
+        <w:t xml:space="preserve">KMiBM2_W04, KMiBM2_W05, KMiBM2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy teoretyczne teorii plastyczności w zakresie potrzebnym do projektowania elementów maszyn z materiałów o właściwościach sprężysto -plastycznych</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać symulację numeryczną szybkozmiennych procesów dynamicznych np.zderzenia z wykorzystaniem profesjonalnego systemu MES: IMPLICIT I EXPLICIT</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">dyskusja, praca zaliczeniowa</w:t>
+        <w:t xml:space="preserve">dyskusja, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W04, KMiBM2_W05, KMiBM2_W11</w:t>
+        <w:t xml:space="preserve">KMiBM2_U05, KMiBM2_U08, KMiBM2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać symulację numeryczną szybkozmiennych procesów dynamicznych np.zderzenia z wykorzystaniem profesjonalnego systemu MES: IMPLICIT I EXPLICIT</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć naprężenia zredukowane w układzie poddanym obciążeniom termomechanicznym z uwzględnieniem kontaktu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_U05, KMiBM2_U08, KMiBM2_U11</w:t>
+        <w:t xml:space="preserve">KMiBM2_U12, KMiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć naprężenia zredukowane w układzie poddanym obciążeniom termomechanicznym z uwzględnieniem kontaktu</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić analizy wymagane do uzasadnienia prawidłowości otrzymanych wyników numerycznych i wykorzystania ich w praktyce projektowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, ocena opracowania projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_U12, KMiBM2_U13</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">KMiBM2_U15, KMiBM2_U05, KMiBM2_U08</w:t>
+        <w:t xml:space="preserve">KMiBM2_U05, KMiBM2_U08, KMiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>