--- v1 (2026-01-16)
+++ v2 (2026-03-22)
@@ -751,51 +751,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W05, KMiBM2_W04</w:t>
+        <w:t xml:space="preserve">KMiBM2_W04, KMiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -891,51 +891,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dyskusja, praca zaliczeniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W04, KMiBM2_W05, KMiBM2_W11</w:t>
+        <w:t xml:space="preserve">KMiBM2_W05, KMiBM2_W11, KMiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>