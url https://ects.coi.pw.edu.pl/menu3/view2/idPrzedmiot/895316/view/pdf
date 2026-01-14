--- v0 (2025-12-27)
+++ v1 (2026-01-14)
@@ -913,51 +913,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania ze zrealizowanych przykładów obliczeniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr2_U02, KMchtr2_U08, KMchtr2_U16, KMchtr2_U17</w:t>
+        <w:t xml:space="preserve">KMchtr2_U08, KMchtr2_U16, KMchtr2_U17, KMchtr2_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>