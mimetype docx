--- v1 (2026-01-14)
+++ v2 (2026-03-03)
@@ -763,201 +763,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i ocena  indywidualnego zadania domowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMchtr2_W04, KMchtr2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-MSP-0506 _W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe metody i techniki numeryczne stosowane do rozwiązywania zadań matematycznych opisujących zagadnienia mechaniki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i ocena indywidualnego zadania domowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMchtr2_W01, KMchtr2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-00000-MSP-0506 _W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-00000-MSP-0506 _U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe metody i techniki numeryczne stosowane do rozwiązywania zadań matematycznych opisujących zagadnienia mechaniki</w:t>
+        <w:t xml:space="preserve">Potrafi w środowisku Scilab przeprowadzić obliczenia i symulacje komputerowe dotyczące przykładowych problemów z dziedziny mechaniki, interpretować uzyskane wyniki i wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium i ocena indywidualnego zadania domowego</w:t>
+        <w:t xml:space="preserve">Sprawozdania ze zrealizowanych przykładów obliczeniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMchtr2_W01, KMchtr2_W04</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMchtr2_U08, KMchtr2_U16, KMchtr2_U17, KMchtr2_U02</w:t>
+        <w:t xml:space="preserve">KMchtr2_U02, KMchtr2_U08, KMchtr2_U16, KMchtr2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>