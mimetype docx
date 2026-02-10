--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -984,51 +984,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład – egzamin, ćwiczenia – 3 kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_U01, KMiBM2_U14</w:t>
+        <w:t xml:space="preserve">KMiBM2_U14, KMiBM2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>