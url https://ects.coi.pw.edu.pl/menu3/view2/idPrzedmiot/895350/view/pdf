--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -764,87 +764,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład – egzamin, ćwiczenia – 3 kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">KMiBM2_W05, KMiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0511_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi identyfikować procesy termodynamiczne w dziedzinie spalania, wymiany ciepła i przepływów gazów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład – egzamin, ćwiczenia – 3 kolokwia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">KMiBM2_W03, KMiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0511_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0511_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi identyfikować procesy termodynamiczne w dziedzinie spalania, wymiany ciepła i przepływów gazów.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę teoretyczną dotyczącą rodzajów spalania ich definicji, Zna podstawowe pojęcia związane ze spalaniem i potrafi obliczyć skład spalin. Potrafi rozpoznać zjawiska wymiany ciepła dobrać do nich odpowiednie opisy teoretyczny i na ich bazie wykonać obliczenia dotyczące strumienia ciepła i temperatur. Potrafi określić podstawowe parametry przepływu gazu, w oparciu o elementarne równania opisujące ten proces. Zna zakres stosowalności powyższej teorii do zastosowań w opisie procesów zachodzących w przestrzeni roboczej maszyny cieplnej. Zna właściwości wybranych środowisk programowania w zakresie obliczeń wymienionych procesów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin, ćwiczenia – 3 kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -855,180 +925,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">KMiBM2_W03, KMiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0511_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka 1150-MB000-MZP-0214_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę teoretyczną dotyczącą rodzajów spalania ich definicji, Zna podstawowe pojęcia związane ze spalaniem i potrafi obliczyć skład spalin. Potrafi rozpoznać zjawiska wymiany ciepła dobrać do nich odpowiednie opisy teoretyczny i na ich bazie wykonać obliczenia dotyczące strumienia ciepła i temperatur. Potrafi określić podstawowe parametry przepływu gazu, w oparciu o elementarne równania opisujące ten proces. Zna zakres stosowalności powyższej teorii do zastosowań w opisie procesów zachodzących w przestrzeni roboczej maszyny cieplnej. Zna właściwości wybranych środowisk programowania w zakresie obliczeń wymienionych procesów. </w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić podstawowe obliczenia niezbędne do uwzględnienia procesów spalania, wymiany ciepła i przepływu gazów w opisie procesów zachodzących w maszynach cieplnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykład – egzamin, ćwiczenia – 3 kolokwia.</w:t>
+        <w:t xml:space="preserve">wykład – egzamin, ćwiczenia – 3 kolokwia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">KMiBM2_W03, KMiBM2_W05</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">KMiBM2_U14, KMiBM2_U01</w:t>
+        <w:t xml:space="preserve">KMiBM2_U01, KMiBM2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>