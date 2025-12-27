--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -1169,551 +1169,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma elementarną wiedzę z zakresie pojęć i podstawowych technik numerycznych stosowanych do zagadnień początkowych sformułowanych dla równań różniczkowych zwyczajnych i ich układów.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma elementarną wiedzę z zakresie pojęć i podstawowych technik numerycznych stosowanych do zagadnień początkowych sformułowanych dla równań różniczkowych zwyczajnych i ich układów.							</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić podstawowe właściwości (w tym: wady i zalety) poznanych algorytmów, a także zilustrować je przykładami.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
+        <w:t xml:space="preserve">Kolokwia nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W01</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW114_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi omówić podstawowe właściwości (w tym: wady i zalety) poznanych algorytmów, a także zilustrować je przykładami.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Wykorzystując podane procedury biblioteczne, potrafi zapisać wybrane algorytmy numeryczne w postaci kodów komputerowych zapisanych w języku wysokiego poziomu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, projekt domowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi omówić podstawowe właściwości (w tym: wady i zalety) poznanych algorytmów, a także zilustrować je przykładami.							</w:t>
+        <w:t xml:space="preserve">							Wykorzystując podane procedury biblioteczne, potrafi zapisać wybrane algorytmy numeryczne w postaci kodów komputerowych zapisanych w języku wysokiego poziomu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia nr 1 i 2.</w:t>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, projekt domowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Wykorzystując podane procedury biblioteczne, potrafi zapisać wybrane algorytmy numeryczne w postaci kodów komputerowych zapisanych w języku wysokiego poziomu.							</w:t>
+        <w:t xml:space="preserve">							Wykorzystując podane środowisko programistyczne, potrafi uruchomić proste programy komputerowe realizujące poznane algorytmy numeryczne oraz weryfikować poprawność uzyskanych wyników.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia laboratoryjne, projekt domowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Wykorzystując podane środowisko programistyczne, potrafi uruchomić proste programy komputerowe realizujące poznane algorytmy numeryczne oraz weryfikować poprawność uzyskanych wyników.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, projekt domowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>