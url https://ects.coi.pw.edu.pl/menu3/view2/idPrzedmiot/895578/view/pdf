--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -889,587 +889,727 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1, ćwicz. labor.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe algorytmy numeryczne przybliżonego obliczania całek oznaczonych funkcji jednej zmiennej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1, ćwicz. labor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe algorytmy numeryczne przybliżonego obliczania całek oznaczonych funkcji jednej zmiennej.							</w:t>
+        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresie elementarnych algorytmów numerycznych stosowanych do pojedynczego nieliniowego równania algebraicznego oraz do układów równań liniowych (metody eliminacji).							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1, ćwicz. labor.</w:t>
+        <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresie elementarnych algorytmów numerycznych stosowanych do pojedynczego nieliniowego równania algebraicznego oraz do układów równań liniowych (metody eliminacji).							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresie elementarnych algorytmów numerycznych stosowanych do pojedynczego nieliniowego równania algebraicznego oraz do układów równań liniowych (metody eliminacji).							</w:t>
+        <w:t xml:space="preserve">							Ma elementarną wiedzę z zakresie pojęć i podstawowych technik numerycznych stosowanych do zagadnień początkowych sformułowanych dla równań różniczkowych zwyczajnych i ich układów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada podstawową wiedzę z zakresie elementarnych algorytmów numerycznych stosowanych do pojedynczego nieliniowego równania algebraicznego oraz do układów równań liniowych (metody eliminacji).							</w:t>
+        <w:t xml:space="preserve">							Ma elementarną wiedzę z zakresie pojęć i podstawowych technik numerycznych stosowanych do zagadnień początkowych sformułowanych dla równań różniczkowych zwyczajnych i ich układów.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia nr 1 i 2, ćwicz. labor. nr 3 i 6.</w:t>
+        <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma elementarną wiedzę z zakresie pojęć i podstawowych technik numerycznych stosowanych do zagadnień początkowych sformułowanych dla równań różniczkowych zwyczajnych i ich układów.							</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić podstawowe właściwości (w tym: wady i zalety) poznanych algorytmów, a także zilustrować je przykładami.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
+        <w:t xml:space="preserve">Kolokwia nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W01</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma elementarną wiedzę z zakresie pojęć i podstawowych technik numerycznych stosowanych do zagadnień początkowych sformułowanych dla równań różniczkowych zwyczajnych i ich układów.							</w:t>
+        <w:t xml:space="preserve">							Potrafi omówić podstawowe właściwości (w tym: wady i zalety) poznanych algorytmów, a także zilustrować je przykładami.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 2, ćwicz. lab. nr 4 i 5.</w:t>
+        <w:t xml:space="preserve">Kolokwia nr 1 i 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W03</w:t>
+        <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi omówić podstawowe właściwości (w tym: wady i zalety) poznanych algorytmów, a także zilustrować je przykładami.							</w:t>
+        <w:t xml:space="preserve">							Wykorzystując podane procedury biblioteczne, potrafi zapisać wybrane algorytmy numeryczne w postaci kodów komputerowych zapisanych w języku wysokiego poziomu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia nr 1 i 2.</w:t>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, projekt domowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi omówić podstawowe właściwości (w tym: wady i zalety) poznanych algorytmów, a także zilustrować je przykładami.							</w:t>
+        <w:t xml:space="preserve">							Wykorzystując podane procedury biblioteczne, potrafi zapisać wybrane algorytmy numeryczne w postaci kodów komputerowych zapisanych w języku wysokiego poziomu.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwia nr 1 i 2.</w:t>
+        <w:t xml:space="preserve">Ćwiczenia laboratoryjne, projekt domowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Wykorzystując podane procedury biblioteczne, potrafi zapisać wybrane algorytmy numeryczne w postaci kodów komputerowych zapisanych w języku wysokiego poziomu.							</w:t>
+        <w:t xml:space="preserve">							Wykorzystując podane środowisko programistyczne, potrafi uruchomić proste programy komputerowe realizujące poznane algorytmy numeryczne oraz weryfikować poprawność uzyskanych wyników.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia laboratoryjne, projekt domowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1488,232 +1628,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW114_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW114_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Wykorzystując podane procedury biblioteczne, potrafi zapisać wybrane algorytmy numeryczne w postaci kodów komputerowych zapisanych w języku wysokiego poziomu.							</w:t>
+        <w:t xml:space="preserve">							Wykorzystując podane środowisko programistyczne, potrafi uruchomić proste programy komputerowe realizujące poznane algorytmy numeryczne oraz weryfikować poprawność uzyskanych wyników.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia laboratoryjne, projekt domowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>