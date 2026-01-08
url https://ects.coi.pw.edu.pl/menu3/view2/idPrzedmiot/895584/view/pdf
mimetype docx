--- v1 (2025-12-27)
+++ v2 (2026-01-08)
@@ -750,87 +750,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ogólne i szczegółowe zasady projektowania oraz procedurę projektowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ogólne i szczegółowe zasady projektowania oraz procedurę projektowania.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę o najważniejszych procesach prowadzących do uszkodzeń obiektów mechanicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -890,201 +960,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W08</w:t>
+        <w:t xml:space="preserve">E1_W28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o najważniejszych procesach prowadzących do uszkodzeń obiektów mechanicznych.</w:t>
+        <w:t xml:space="preserve">Potrafi operować poprawnie podstawowymi pojęciami, terminami i miarami, typowymi dla projektowania i konstruowania urządzeń mechanicznych (np. takimi pojęciami, jak: projektowanie i konstruowanie, trwałość, nośność, wytrzymałość doraźna i zmęczeniowa, współczynnik bezpieczeństwa, naprężenie dopuszczalne, warunek ograniczający, modelowanie deterministyczne i probabilistyczne, niezawodność, bezpieczeństwo).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W28</w:t>
+        <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi operować poprawnie podstawowymi pojęciami, terminami i miarami, typowymi dla projektowania i konstruowania urządzeń mechanicznych (np. takimi pojęciami, jak: projektowanie i konstruowanie, trwałość, nośność, wytrzymałość doraźna i zmęczeniowa, współczynnik bezpieczeństwa, naprężenie dopuszczalne, warunek ograniczający, modelowanie deterministyczne i probabilistyczne, niezawodność, bezpieczeństwo).</w:t>
+        <w:t xml:space="preserve">Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych, a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w formułowaniu zadań inżynierskich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U02</w:t>
+        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1110,157 +1180,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma zdolność dostrzegania ograniczeń fizycznych (głównie wytrzymałościowych, sztywnościowych, trwałościowych, cieplnych), normalizacyjnych, ekonomicznych, a zwłaszcza wynikających z niepełnej wiedzy człowieka i z jego możliwości intelektualnych, konieczną w formułowaniu zadań inżynierskich.</w:t>
+        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.</w:t>
+        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1279,58 +1489,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.</w:t>
+        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1349,58 +1559,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi utworzyć warunki ograniczające niezbędne do przeprowadzenia obliczeń w procesie projektowania prostego urządzenia mechanicznego.</w:t>
+        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1419,58 +1629,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1489,58 +1699,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1559,58 +1769,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi tworzyć proste modele stanów i zjawisk charakterystycznych dla urządzeń mechanicznych, niezbędne do prowadzenia obliczeń inżynierskich, w tym modele: naprężeń i odkształceń, procesów zmęczenia oraz zużycia, właściwości materiałów i elementów oraz wpływu na te właściwości technik wytwarzania.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1629,372 +1839,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">E1_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>