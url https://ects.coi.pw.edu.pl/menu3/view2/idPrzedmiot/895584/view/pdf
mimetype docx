--- v2 (2026-01-08)
+++ v3 (2026-02-10)
@@ -1670,50 +1670,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1769,232 +1839,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW124_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie wytrzymałości i trwałości zmęczeniowej elementów w prostych zespołach elementów.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW124_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować proste połączenie elementów: spawane, klejone, nitowe, wpustowe, wielowypustowe itd. oraz przeprowadzić niezbędne obliczenia wspomagające.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U25</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>