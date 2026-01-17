--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -1468,50 +1468,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1567,302 +1637,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW125_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zbudować lub dobrać z literatury (także norm) odpowiednie modele stanów i zjawisk potrzebne do wykorzystania utworzonych warunków ograniczających w obliczeniach inżynierskich analizowanego lub projektowanego zespołu. Potrafi ocenić wartość dobieranego modelu ze względu na pożądaną jego dokładność i szczegółowość.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>