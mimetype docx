--- v1 (2026-01-17)
+++ v2 (2026-02-10)
@@ -1678,50 +1678,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić niezbędne obliczenia inżynierskie mające na celu określenie cech analizowanego lub projektowanego zespołu urządzenia mechanicznego (np. połączenia śrubowego, połączenia dwóch części rurociągu, podparcia wału, sprzęgła).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1749,120 +1819,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U25</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>