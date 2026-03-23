--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -1888,191 +1888,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW125_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi podejmować decyzje dotyczące cech rozważanego zespołu, biorąc pod uwagę zarówno wyniki obliczeń inżynierskich jak i ograniczenia nieopisane matematycznie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia oraz kartkówki podczas zajęć. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U11</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>