--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -745,121 +745,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS585_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																												Student zna obowiązujące w Polsce podstawowe unormowania prawne w zakresie budowy i eksploatacji systemów ogrzewania i wentylacji.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS585_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS585_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																												Student zna obowiązujące w Polsce podstawowe unormowania prawne w zakresie budowy i eksploatacji systemów ogrzewania i wentylacji.																				</w:t>
+        <w:t xml:space="preserve">Student potrafi wskazać wady i zalety różnych systemów ogrzewczych i ich elementów.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W06</w:t>
+        <w:t xml:space="preserve">E1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -885,691 +955,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W05</w:t>
+        <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS585_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS585_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi wskazać wady i zalety różnych systemów ogrzewczych i ich elementów.													</w:t>
+        <w:t xml:space="preserve">Student zna możliwości wykorzystania odnawialnych źródeł energii w ogrzewnictwie.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS585_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Student potrafi wykazać różnice w działaniu systemów wentylacji naturalnej i mechanicznej oraz zalecić typ układu wentylacji zależnie od przeznaczenia budynku.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS585_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Student potrafi wykazać różnice w działaniu systemów wentylacji naturalnej i mechanicznej oraz zalecić typ układu wentylacji zależnie od przeznaczenia budynku.													</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS585_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student wie co to jest termomodernizacja obiektów budowlanych i umie uzasadnić konieczność jej wykonania.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS585_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student umie sporządzić zgodny z Polskimi Normami bilans energetyczny obiektu budowlanego.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W12</w:t>
+        <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS585_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS585_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna możliwości wykorzystania odnawialnych źródeł energii w ogrzewnictwie.														</w:t>
+        <w:t xml:space="preserve">Student umie sporządzić zgodny z Polskimi Normami bilans energetyczny obiektu budowlanego.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+        <w:t xml:space="preserve">Kolokwium 1.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W18</w:t>
+        <w:t xml:space="preserve">E1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS585_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS585_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Student potrafi wykazać różnice w działaniu systemów wentylacji naturalnej i mechanicznej oraz zalecić typ układu wentylacji zależnie od przeznaczenia budynku.													</w:t>
+        <w:t xml:space="preserve">Student potrafi określić wartości skumulowanych wskaźników zużycia energii w budynkach.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
+        <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS585_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS585_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">	Student potrafi wykazać różnice w działaniu systemów wentylacji naturalnej i mechanicznej oraz zalecić typ układu wentylacji zależnie od przeznaczenia budynku.													</w:t>
+        <w:t xml:space="preserve">Student potrafi określić wartości skumulowanych wskaźników zużycia energii w budynkach.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 2.</w:t>
+        <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U21</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>