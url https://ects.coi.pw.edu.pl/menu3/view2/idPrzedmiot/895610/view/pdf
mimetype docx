--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -1625,50 +1625,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody służące do określania zużycia energii w budynkach.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1836,260 +2046,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W31</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">E1_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>