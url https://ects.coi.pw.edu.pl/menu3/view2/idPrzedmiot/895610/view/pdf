--- v1 (2026-01-17)
+++ v2 (2026-03-23)
@@ -3455,50 +3455,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zweryfikować rozwiązanie konstrukcyjne pod względem cieplno-wilgotnościowym. Student potrafi zaproponować prawidłowe rozwiązanie.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -3554,92 +3624,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U6: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi zweryfikować rozwiązanie konstrukcyjne pod względem cieplno-wilgotnościowym. Student potrafi zaproponować prawidłowe rozwiązanie.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U21</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3665,87 +3735,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U28</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3764,232 +4184,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U7: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U05</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+        <w:t xml:space="preserve">E1_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi określić zużycie energii w budynku za pomocą metody bilansów miesięcznych.														</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS509A _U8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi ocenić budynek na podstawie wskaźników oceny. Student potrafi zaproponować sposoby poprawy charakterystyki energetycznej na podstawie bilansu cieplnego oraz wskaźników oceny.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U28</w:t>
+        <w:t xml:space="preserve">E1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4015,471 +4435,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U01</w:t>
-[...348 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U18</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>