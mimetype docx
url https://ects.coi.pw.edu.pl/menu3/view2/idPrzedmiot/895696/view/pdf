--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -2375,50 +2375,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2474,162 +2614,162 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+        <w:t xml:space="preserve">Potrafi określić korzyści energetyczne i ekonomiczne skojarzonego wytwarzania ciepła i energii elektrycznej,	 w tym: oszczędność energii pierwotnej oraz jednostkowy zdyskontowany koszt wytwarzania ciepła w EC	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U12</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+        <w:t xml:space="preserve">Potrafi określić korzyści energetyczne i ekonomiczne skojarzonego wytwarzania ciepła i energii elektrycznej,	 w tym: oszczędność energii pierwotnej oraz jednostkowy zdyskontowany koszt wytwarzania ciepła w EC	.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U16</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2655,191 +2795,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U18</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U22</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>