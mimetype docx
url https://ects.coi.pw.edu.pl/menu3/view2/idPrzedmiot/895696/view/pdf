--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -2375,50 +2375,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS725_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi określić i analizować rolę poszczególnych urządzeń i układów technologicznych siłowni oraz ich wpływ na sprawność i efektywność ekonomiczną.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -2446,190 +2586,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_U16</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>