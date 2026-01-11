--- v0 (2025-12-02)
+++ v1 (2026-01-11)
@@ -749,1031 +749,1031 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody analizy obiegu prostego turbiny gazowej, obiegów złożonych i kombinowanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody analizy obiegu prostego turbiny gazowej, obiegów złożonych i kombinowanych.</w:t>
+        <w:t xml:space="preserve">Zna wyniki takich analiz w zakresie wpływu głównych parametrów na osiągi turbiny gazowej i jej układu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wyniki takich analiz w zakresie wpływu głównych parametrów na osiągi turbiny gazowej i jej układu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wyniki takich analiz w zakresie wpływu głównych parametrów na osiągi turbiny gazowej i jej układu.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki zespołów turbiny gazowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody określania charakterystyk turbiny gazowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna materiały żaroodporne stosowane w turbinach gazowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna materiały żaroodporne stosowane w turbinach gazowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby chłodzenia łopatek turbiny gazowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby chłodzenia łopatek turbiny gazowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna typy układów gazowo-parowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna typy układów gazowo-parowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wyniki takich analiz w zakresie wpływu głównych parametrów na osiągi turbiny gazowej i jej układu.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
-      </w:r>
-[...768 lines deleted...]
-        <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>