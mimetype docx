--- v1 (2026-01-11)
+++ v2 (2026-02-11)
@@ -749,297 +749,1067 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody analizy obiegu prostego turbiny gazowej, obiegów złożonych i kombinowanych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody analizy obiegu prostego turbiny gazowej, obiegów złożonych i kombinowanych.</w:t>
+        <w:t xml:space="preserve">Zna wyniki takich analiz w zakresie wpływu głównych parametrów na osiągi turbiny gazowej i jej układu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wyniki takich analiz w zakresie wpływu głównych parametrów na osiągi turbiny gazowej i jej układu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki zespołów turbiny gazowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody określania charakterystyk turbiny gazowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna materiały żaroodporne stosowane w turbinach gazowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna materiały żaroodporne stosowane w turbinach gazowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby chłodzenia łopatek turbiny gazowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna sposoby chłodzenia łopatek turbiny gazowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna typy układów gazowo-parowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wyniki takich analiz w zakresie wpływu głównych parametrów na osiągi turbiny gazowej i jej układu.</w:t>
+        <w:t xml:space="preserve">Zna typy układów gazowo-parowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wyniki takich analiz w zakresie wpływu głównych parametrów na osiągi turbiny gazowej i jej układu.</w:t>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna charakterystyki i osiągi układów z kotłem odzysknicowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W9: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna charakterystyki zespołów turbiny gazowej.</w:t>
+        <w:t xml:space="preserve">Zna zasady budowy i osiągi układów z ciśnieniowym kotłem fluidalnym (8FBC) i zgazowaniem węgla (IGCC).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1050,1300 +1820,530 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">E1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody określania charakterystyk turbiny gazowej.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych turbinach gazowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały żaroodporne stosowane w turbinach gazowych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych turbinach gazowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W07</w:t>
+        <w:t xml:space="preserve">E1_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna materiały żaroodporne stosowane w turbinach gazowych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych turbinach gazowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby chłodzenia łopatek turbiny gazowej.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych turbinach gazowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W11</w:t>
+        <w:t xml:space="preserve">E1_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna sposoby chłodzenia łopatek turbiny gazowej.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych układach gazowo-parowych różnych typów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
+        <w:t xml:space="preserve">E1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna typy układów gazowo-parowych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych układach gazowo-parowych różnych typów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W13</w:t>
+        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna typy układów gazowo-parowych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych układach gazowo-parowych różnych typów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_W16</w:t>
-[...638 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">E1_U29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>