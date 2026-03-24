--- v2 (2026-02-11)
+++ v3 (2026-03-24)
@@ -1879,157 +1879,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">E1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych turbinach gazowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych turbinach gazowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">E1_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych turbinach gazowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">E1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o współczesnych turbinach gazowych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych układach gazowo-parowych różnych typów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U17</w:t>
+        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o współczesnych turbinach gazowych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych układach gazowo-parowych różnych typów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2048,302 +2258,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS576A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o współczesnych turbinach gazowych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o współczesnych układach gazowo-parowych różnych typów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">E1_U27</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">E1_U29</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">E1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>