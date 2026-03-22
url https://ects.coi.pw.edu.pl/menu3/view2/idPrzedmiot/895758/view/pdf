--- v0 (2025-12-28)
+++ v1 (2026-03-22)
@@ -750,157 +750,297 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna szczegółowo charakterystyki aerodynamiczne podłużne typowych aerodyn w zakresie niezbędnym do analizy podłużnej równowagi, statycznej stateczności i sterowności, oraz potrafi oszacować te charakterystyki na podstawie rysunków i danych aparatu latającego.					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna szczegółowo charakterystyki aerodynamiczne podłużne typowych aerodyn w zakresie niezbędnym do analizy podłużnej równowagi, statycznej stateczności i sterowności, oraz potrafi oszacować te charakterystyki na podstawie rysunków i danych aparatu latającego.					</w:t>
+        <w:t xml:space="preserve">							Zna definicje i sens statycznych zapasów stateczności i sterowności oraz kryteriów statycznej sterowności aerodyny.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna definicje i sens statycznych zapasów stateczności i sterowności oraz kryteriów statycznej sterowności aerodyny.																				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna definicje i sens statycznych zapasów stateczności i sterowności oraz kryteriów statycznej sterowności aerodyny.																				</w:t>
+        <w:t xml:space="preserve">Zna w zakresie ogólnym boczne (asymetryczne) charakterystyki aerodynamiczne i boczne statyczne kryteria statecznościowe i sterownościowe.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -919,348 +1059,418 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna definicje i sens statycznych zapasów stateczności i sterowności oraz kryteriów statycznej sterowności aerodyny.																				</w:t>
+        <w:t xml:space="preserve">Zna w zakresie ogólnym boczne (asymetryczne) charakterystyki aerodynamiczne i boczne statyczne kryteria statecznościowe i sterownościowe.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna w zakresie ogólnym boczne (asymetryczne) charakterystyki aerodynamiczne i boczne statyczne kryteria statecznościowe i sterownościowe.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna w zakresie ogólnym boczne (asymetryczne) charakterystyki aerodynamiczne i boczne statyczne kryteria statecznościowe i sterownościowe.														</w:t>
+        <w:t xml:space="preserve">							Umie konstruować proste modele fizyczne i matematyczne opisujące równowagę podłużną i boczną aerodyny oraz proste przypadki krzywoliniowych ustalonych i nieustalonych ruchów statku powietrznego.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W11</w:t>
+        <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna w zakresie ogólnym boczne (asymetryczne) charakterystyki aerodynamiczne i boczne statyczne kryteria statecznościowe i sterownościowe.														</w:t>
+        <w:t xml:space="preserve">							Umie konstruować proste modele fizyczne i matematyczne opisujące równowagę podłużną i boczną aerodyny oraz proste przypadki krzywoliniowych ustalonych i nieustalonych ruchów statku powietrznego.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W12</w:t>
+        <w:t xml:space="preserve">LiK1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna w zakresie ogólnym boczne (asymetryczne) charakterystyki aerodynamiczne i boczne statyczne kryteria statecznościowe i sterownościowe.														</w:t>
+        <w:t xml:space="preserve">							Umie konstruować proste modele fizyczne i matematyczne opisujące równowagę podłużną i boczną aerodyny oraz proste przypadki krzywoliniowych ustalonych i nieustalonych ruchów statku powietrznego.																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_W19</w:t>
+        <w:t xml:space="preserve">LiK1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie konstruować proste modele fizyczne i matematyczne opisujące równowagę podłużną i boczną aerodyny oraz proste przypadki krzywoliniowych ustalonych i nieustalonych ruchów statku powietrznego.																					</w:t>
+        <w:t xml:space="preserve">Umie wyznaczać na podstawie tych modeli statyczne kryteria statecznościowe i sterownościowe oraz analizować ruchy krzywoliniowe.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1279,58 +1489,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie konstruować proste modele fizyczne i matematyczne opisujące równowagę podłużną i boczną aerodyny oraz proste przypadki krzywoliniowych ustalonych i nieustalonych ruchów statku powietrznego.																					</w:t>
+        <w:t xml:space="preserve">Umie wyznaczać na podstawie tych modeli statyczne kryteria statecznościowe i sterownościowe oraz analizować ruchy krzywoliniowe.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1349,58 +1559,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Umie konstruować proste modele fizyczne i matematyczne opisujące równowagę podłużną i boczną aerodyny oraz proste przypadki krzywoliniowych ustalonych i nieustalonych ruchów statku powietrznego.																					</w:t>
+        <w:t xml:space="preserve">Umie wyznaczać na podstawie tych modeli statyczne kryteria statecznościowe i sterownościowe oraz analizować ruchy krzywoliniowe.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1419,128 +1629,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wyznaczać na podstawie tych modeli statyczne kryteria statecznościowe i sterownościowe oraz analizować ruchy krzywoliniowe.													</w:t>
+        <w:t xml:space="preserve">Potrafi - na podstawie rozwiązań modeli matematycznych oraz danych konkretnego aparatu latającego– przeanalizować jego podłużną i boczną równowagę, właściwości statecznościowe i sterownościowe, oraz umie podać krytyczna analizę uzyskanych wyników.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi - na podstawie rozwiązań modeli matematycznych oraz danych konkretnego aparatu latającego– przeanalizować jego podłużną i boczną równowagę, właściwości statecznościowe i sterownościowe, oraz umie podać krytyczna analizę uzyskanych wyników.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wyznaczać na podstawie tych modeli statyczne kryteria statecznościowe i sterownościowe oraz analizować ruchy krzywoliniowe.													</w:t>
+        <w:t xml:space="preserve">Potrafi - na podstawie rozwiązań modeli matematycznych oraz danych konkretnego aparatu latającego– przeanalizować jego podłużną i boczną równowagę, właściwości statecznościowe i sterownościowe, oraz umie podać krytyczna analizę uzyskanych wyników.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1559,58 +1839,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK457_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK457_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wyznaczać na podstawie tych modeli statyczne kryteria statecznościowe i sterownościowe oraz analizować ruchy krzywoliniowe.													</w:t>
+        <w:t xml:space="preserve">Potrafi - na podstawie rozwiązań modeli matematycznych oraz danych konkretnego aparatu latającego– przeanalizować jego podłużną i boczną równowagę, właściwości statecznościowe i sterownościowe, oraz umie podać krytyczna analizę uzyskanych wyników.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1670,331 +1950,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektów/prac domowych, praca kontrolna.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U18</w:t>
-[...138 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>