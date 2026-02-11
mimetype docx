--- v0 (2025-12-28)
+++ v1 (2026-02-11)
@@ -1467,50 +1467,400 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1636,198 +1986,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić eksperyment inżynierski oraz wykonać analizę statystyczną jego wyników.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 2, projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U07</w:t>
+        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK1_U14</w:t>
+        <w:t xml:space="preserve">LiK1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1846,582 +2336,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę właściwości systemu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U20</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>