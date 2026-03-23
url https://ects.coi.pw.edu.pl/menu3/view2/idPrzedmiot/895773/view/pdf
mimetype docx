--- v1 (2026-02-11)
+++ v2 (2026-03-23)
@@ -1467,50 +1467,260 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS612_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać czujniki i strukturę systemu pomiarowego właściwe dla danego procesu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1748,260 +1958,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U21</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>