--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -1303,50 +1303,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS613_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi odnaleźć, zinterpretować oraz zastosować odpowiednie wymagania dotyczące zasad wykonawczych certyfikacji statków powietrznych i związanych z nimi wyrobów, części i wyposażenia w zakresie zdatności do lotu i ochrony środowiska oraz dla certyfikacji organizacji projektujących i produkujących.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1374,120 +1444,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U14</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>