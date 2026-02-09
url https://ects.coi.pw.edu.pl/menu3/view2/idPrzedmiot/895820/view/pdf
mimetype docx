--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -1052,561 +1052,561 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Rozumie działanie współczesnych urządzeń wykorzystujących mechanikę kwantową i nanotechnologie.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW126_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Rozumie działanie współczesnych urządzeń wykorzystujących mechanikę kwantową i nanotechnologie.							</w:t>
+        <w:t xml:space="preserve">							Potrafi rozwiązać podstawowe zagadnienia z mechaniki kwantowej.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada umiejętność krytycznej analizy eksperymentów fizycznych z zakresu fizyki i chemii kwantowej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada umiejętność krytycznej analizy eksperymentów fizycznych z zakresu fizyki i chemii kwantowej.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi samodzielnie poszerzać wiedzę o zagadnieniach fizyki współczesnej i technologii w oparciu o studium literaturowe i samodzielnie wyciągać wnioski.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW126_U1: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NW126_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi rozwiązać podstawowe zagadnienia z mechaniki kwantowej.							</w:t>
+        <w:t xml:space="preserve">							Rozumie postęp w zakresie nauk technicznych, w tym fizyki kwantowej i technologii i widzi zwązek z rozwojem społecznym							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">egzamin, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
+        <w:t xml:space="preserve">MiBM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW126_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka NW126_K1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Posiada umiejętność krytycznej analizy eksperymentów fizycznych z zakresu fizyki i chemii kwantowej.							</w:t>
+        <w:t xml:space="preserve">							Rozumie postęp w zakresie nauk technicznych, w tym fizyki kwantowej i technologii i widzi zwązek z rozwojem społecznym							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">egzamin, dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U08</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_K07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>