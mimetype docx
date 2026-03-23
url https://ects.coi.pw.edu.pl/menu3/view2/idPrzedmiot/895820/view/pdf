--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1052,201 +1052,271 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Rozumie działanie współczesnych urządzeń wykorzystujących mechanikę kwantową i nanotechnologie.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW126_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Rozumie działanie współczesnych urządzeń wykorzystujących mechanikę kwantową i nanotechnologie.							</w:t>
+        <w:t xml:space="preserve">							Potrafi rozwiązać podstawowe zagadnienia z mechaniki kwantowej.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W01</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW126_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW126_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi rozwiązać podstawowe zagadnienia z mechaniki kwantowej.							</w:t>
+        <w:t xml:space="preserve">							Posiada umiejętność krytycznej analizy eksperymentów fizycznych z zakresu fizyki i chemii kwantowej.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_U15</w:t>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1273,120 +1343,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>