--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -1397,50 +1397,190 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK464_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Umie zorientować części w procesie technologicznym i montażu automatycznym.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1608,190 +1748,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena sprawozdań z ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U20</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>