--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -757,50 +757,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK46_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Posiada wiedzę w zakresie: obrabiarek CNC, centrów obróbkowych, gniazd zrobotyzowanych oraz ich programowaniu.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -828,120 +898,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy oraz ocena przygotowania do ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W10</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>