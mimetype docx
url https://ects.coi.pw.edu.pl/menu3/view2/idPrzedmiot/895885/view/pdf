--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -891,901 +891,901 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Ma podstawową wiedzę na temat wszystkich grup nowoczesnych materiałów z uwypukleniem ich zastosowań.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS529_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma podstawową wiedzę na temat wszystkich grup nowoczesnych materiałów z uwypukleniem ich zastosowań.											</w:t>
+        <w:t xml:space="preserve">														Zna teorie: klasyczną i zmodyfikowaną, dotyczące  analizy struktury laminatowej dźwigarów powierzchniowych. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kontrolowana praca domowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna teorie: klasyczną i zmodyfikowaną, dotyczące  analizy struktury laminatowej dźwigarów powierzchniowych. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kontrolowana praca domowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Zna teorie: klasyczną i zmodyfikowaną, dotyczące  analizy struktury laminatowej dźwigarów powierzchniowych. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kontrolowana praca domowa. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Ma wprowadzające informacje odnośnie aktualnych trendów w mechanice kompozytów nowej generacji  oraz w inter- i multi-dyscyplinarnej tematyce z zakresu mechaniki wyrafinowanych-inteligentnych struktur materiałowych dla high-tech z naciskiem na wybór modelowania, uwzględniającego efekty i zjawiska występujące w zastosowaniach „smart”.														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS529_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna teorie: klasyczną i zmodyfikowaną, dotyczące  analizy struktury laminatowej dźwigarów powierzchniowych. 														</w:t>
+        <w:t xml:space="preserve">														Ma wprowadzające informacje odnośnie aktualnych trendów w mechanice kompozytów nowej generacji  oraz w inter- i multi-dyscyplinarnej tematyce z zakresu mechaniki wyrafinowanych-inteligentnych struktur materiałowych dla high-tech z naciskiem na wybór modelowania, uwzględniającego efekty i zjawiska występujące w zastosowaniach „smart”.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kontrolowana praca domowa. </w:t>
+        <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
+        <w:t xml:space="preserve">MiBM1_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS529_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna teorie: klasyczną i zmodyfikowaną, dotyczące  analizy struktury laminatowej dźwigarów powierzchniowych. 														</w:t>
+        <w:t xml:space="preserve">														Ma wprowadzające informacje odnośnie aktualnych trendów w mechanice kompozytów nowej generacji  oraz w inter- i multi-dyscyplinarnej tematyce z zakresu mechaniki wyrafinowanych-inteligentnych struktur materiałowych dla high-tech z naciskiem na wybór modelowania, uwzględniającego efekty i zjawiska występujące w zastosowaniach „smart”.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kontrolowana praca domowa. </w:t>
+        <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS529_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Zna teorie: klasyczną i zmodyfikowaną, dotyczące  analizy struktury laminatowej dźwigarów powierzchniowych. 														</w:t>
+        <w:t xml:space="preserve">																					Posiada umiejętność powiązania rzeczywistości z modelowaniem fizycznym i matematycznym na potrzeby obliczeń inżynierskich i badań naukowych.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kontrolowana praca domowa. </w:t>
+        <w:t xml:space="preserve">Kontrolowana praca domowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
+        <w:t xml:space="preserve">MiBM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS529_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma wprowadzające informacje odnośnie aktualnych trendów w mechanice kompozytów nowej generacji  oraz w inter- i multi-dyscyplinarnej tematyce z zakresu mechaniki wyrafinowanych-inteligentnych struktur materiałowych dla high-tech z naciskiem na wybór modelowania, uwzględniającego efekty i zjawiska występujące w zastosowaniach „smart”.														</w:t>
+        <w:t xml:space="preserve">																					Posiada umiejętność powiązania rzeczywistości z modelowaniem fizycznym i matematycznym na potrzeby obliczeń inżynierskich i badań naukowych.																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kontrolowana praca domowa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Ma umiejętność operowania aparatem teorii sprężystości w makromechanice materiałów kompozytowych i elementów konstrukcyjnych, przy wykorzystaniu  niezbędnego wkładu modelowania w ramach mikromechaniki. 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W02</w:t>
+        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS529_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma wprowadzające informacje odnośnie aktualnych trendów w mechanice kompozytów nowej generacji  oraz w inter- i multi-dyscyplinarnej tematyce z zakresu mechaniki wyrafinowanych-inteligentnych struktur materiałowych dla high-tech z naciskiem na wybór modelowania, uwzględniającego efekty i zjawiska występujące w zastosowaniach „smart”.														</w:t>
+        <w:t xml:space="preserve">																					Ma umiejętność operowania aparatem teorii sprężystości w makromechanice materiałów kompozytowych i elementów konstrukcyjnych, przy wykorzystaniu  niezbędnego wkładu modelowania w ramach mikromechaniki. 																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W03</w:t>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS529_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Ma wprowadzające informacje odnośnie aktualnych trendów w mechanice kompozytów nowej generacji  oraz w inter- i multi-dyscyplinarnej tematyce z zakresu mechaniki wyrafinowanych-inteligentnych struktur materiałowych dla high-tech z naciskiem na wybór modelowania, uwzględniającego efekty i zjawiska występujące w zastosowaniach „smart”.														</w:t>
+        <w:t xml:space="preserve">																					Ma umiejętność operowania aparatem teorii sprężystości w makromechanice materiałów kompozytowych i elementów konstrukcyjnych, przy wykorzystaniu  niezbędnego wkładu modelowania w ramach mikromechaniki. 																					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM1_W05</w:t>
-[...288 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>