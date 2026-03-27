--- v1 (2026-02-09)
+++ v2 (2026-03-27)
@@ -1601,191 +1601,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Ma umiejętność operowania aparatem teorii sprężystości w makromechanice materiałów kompozytowych i elementów konstrukcyjnych, przy wykorzystaniu  niezbędnego wkładu modelowania w ramach mikromechaniki. 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM1_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS529_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Ma umiejętność operowania aparatem teorii sprężystości w makromechanice materiałów kompozytowych i elementów konstrukcyjnych, przy wykorzystaniu  niezbędnego wkładu modelowania w ramach mikromechaniki. 																					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kontrolowana praca domowa, kolokwium zaliczeniowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM1_U21</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>