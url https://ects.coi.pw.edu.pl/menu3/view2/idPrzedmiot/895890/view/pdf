--- v0 (2025-12-19)
+++ v1 (2026-01-17)
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW101_U01: </w:t>
       </w:r>
     </w:p>
@@ -1280,51 +1280,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW101_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie narysować powierzchnię stopnia drugiego na podstawie jej równania kanonicznego. Potrafi wyznaczać parametry krzywych oraz trójścian Freneta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>