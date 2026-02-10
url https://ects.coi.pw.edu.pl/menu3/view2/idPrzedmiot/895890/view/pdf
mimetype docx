--- v1 (2026-01-17)
+++ v2 (2026-02-10)
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW101_U01: </w:t>
       </w:r>
     </w:p>
@@ -1140,51 +1140,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW101_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi badać liniową niezależność wektorów oraz sprawdzać, czy układ  wektorów stanowi bazę przestrzeni liniowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>