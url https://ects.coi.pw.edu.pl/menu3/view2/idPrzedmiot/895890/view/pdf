--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -1140,51 +1140,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW101_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi badać liniową niezależność wektorów oraz sprawdzać, czy układ  wektorów stanowi bazę przestrzeni liniowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>