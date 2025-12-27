--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -836,497 +836,497 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwium nr 1, kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę na temat modelu płynu newtonowskiego oraz inżynierskich metod wyznaczania ruchu laminarnego i turbulentnego cieczy lepkiej w rurociągach, zna pojęcie podobieństwa dynamicznego przepływów i znaczenie fizyczne podstawowych liczb podobieństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie podstaw dynamiki gazów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W06, AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę na temat modelu płynu newtonowskiego oraz inżynierskich metod wyznaczania ruchu laminarnego i turbulentnego cieczy lepkiej w rurociągach, zna pojęcie podobieństwa dynamicznego przepływów i znaczenie fizyczne podstawowych liczb podobieństwa.</w:t>
+        <w:t xml:space="preserve">Potrafi rozwiązać proste zagadnienia inżynierskie z zakresu statyki cieczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posłużyć się aparatem algebry i analizy wektorowej do wyznaczenia charakterystyk ruchu płynu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W06</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_W4: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie podstaw dynamiki gazów.</w:t>
+        <w:t xml:space="preserve">Potrafi rozwiązać zagadnienia wyznaczania ruchu cieczy idealnej lub rzeczywistej w prostych rurociągach posługując się podstawowym lub uogólnionym równaniem Bernoulliego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 1, kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W06</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi rozwiązać proste zagadnienia inżynierskie z zakresu statyki cieczy.</w:t>
+        <w:t xml:space="preserve">Posługując się całkową postacią zasady zachowania pędu potrafi rozwiązać proste przypadki zagadnienia wyznaczania reakcji hydro/aerodynamicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U08</w:t>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U08, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW122_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać prostej analizy warunków podobieństwa dynamicznego, a także wykorzystać metody analizy wymiarowej do przewidywania formalnej postaci praw fizycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>