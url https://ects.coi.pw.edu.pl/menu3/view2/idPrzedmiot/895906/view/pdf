--- v1 (2025-12-27)
+++ v2 (2026-01-17)
@@ -992,51 +992,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W06, AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW122_U1: </w:t>
       </w:r>
     </w:p>
@@ -1282,51 +1282,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U07, AiR1_U08, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW122_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać prostej analizy warunków podobieństwa dynamicznego, a także wykorzystać metody analizy wymiarowej do przewidywania formalnej postaci praw fizycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>