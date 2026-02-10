--- v2 (2026-01-17)
+++ v3 (2026-02-10)
@@ -922,411 +922,411 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie podstaw dynamiki gazów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie podstaw dynamiki gazów.</w:t>
+        <w:t xml:space="preserve">Potrafi rozwiązać proste zagadnienia inżynierskie z zakresu statyki cieczy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U07, AiR1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posłużyć się aparatem algebry i analizy wektorowej do wyznaczenia charakterystyk ruchu płynu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W06, AiR1_W01</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi rozwiązać proste zagadnienia inżynierskie z zakresu statyki cieczy.</w:t>
+        <w:t xml:space="preserve">Potrafi rozwiązać zagadnienia wyznaczania ruchu cieczy idealnej lub rzeczywistej w prostych rurociągach posługując się podstawowym lub uogólnionym równaniem Bernoulliego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium nr 1.</w:t>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 1, kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U08</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NW122_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NW122_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posłużyć się aparatem algebry i analizy wektorowej do wyznaczenia charakterystyk ruchu płynu.</w:t>
+        <w:t xml:space="preserve">Posługując się całkową postacią zasady zachowania pędu potrafi rozwiązać proste przypadki zagadnienia wyznaczania reakcji hydro/aerodynamicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin.</w:t>
+        <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U08</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW122_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać prostej analizy warunków podobieństwa dynamicznego, a także wykorzystać metody analizy wymiarowej do przewidywania formalnej postaci praw fizycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>