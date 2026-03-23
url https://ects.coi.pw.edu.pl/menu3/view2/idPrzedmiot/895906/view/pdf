--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW122_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie podstaw dynamiki gazów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W06</w:t>
+        <w:t xml:space="preserve">AiR1_W06, AiR1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW122_U1: </w:t>
       </w:r>
     </w:p>
@@ -1266,51 +1266,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kolokwium nr 2.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U07, AiR1_U08</w:t>
+        <w:t xml:space="preserve">AiR1_U08, AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>