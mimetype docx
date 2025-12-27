--- v0 (2025-12-02)
+++ v1 (2025-12-27)
@@ -909,67 +909,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W15, AiR1_W09</w:t>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW123_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student zna ogólne twierdzenie o stabilności układów liniowych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1135,51 +1135,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW123_U1: </w:t>
       </w:r>
     </w:p>