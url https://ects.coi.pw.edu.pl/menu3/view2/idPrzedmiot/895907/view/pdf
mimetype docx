--- v1 (2025-12-27)
+++ v2 (2026-01-18)
@@ -1135,51 +1135,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW123_U1: </w:t>
       </w:r>
     </w:p>
@@ -1215,51 +1215,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW123_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi wyznaczyć odpowiedź układu na typowe wymuszenia techniczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>