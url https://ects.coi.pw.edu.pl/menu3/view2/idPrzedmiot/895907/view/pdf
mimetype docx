--- v2 (2026-01-18)
+++ v3 (2026-02-09)
@@ -1049,217 +1049,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W15, AiR1_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student zna podstawy regulacji PID.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NW123_W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NW123_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student zna podstawy regulacji PID.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi dokonać transformaty Laplace'a wybranego sygnału technicznego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW123_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student potrafi wyznaczyć odpowiedź układu na typowe wymuszenia techniczne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>