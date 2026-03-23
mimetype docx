--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -1049,67 +1049,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium i oceniane prace domowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W15, AiR1_W09</w:t>
+        <w:t xml:space="preserve">AiR1_W09, AiR1_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW123_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student zna podstawy regulacji PID.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>