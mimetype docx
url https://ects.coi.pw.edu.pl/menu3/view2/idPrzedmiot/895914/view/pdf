--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -1099,51 +1099,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_K04, AiR1_K06</w:t>
+        <w:t xml:space="preserve">AiR1_K06, AiR1_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>