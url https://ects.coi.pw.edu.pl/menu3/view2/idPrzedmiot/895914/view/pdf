--- v1 (2026-01-17)
+++ v2 (2026-03-23)
@@ -739,67 +739,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U20</w:t>
+        <w:t xml:space="preserve">AiR1_U20, AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW128_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł a szerszym, także pozatechnicznym aspekcie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1099,51 +1099,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_K06, AiR1_K04</w:t>
+        <w:t xml:space="preserve">AiR1_K04, AiR1_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>