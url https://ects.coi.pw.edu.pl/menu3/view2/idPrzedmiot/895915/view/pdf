--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -819,67 +819,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z przebiegu praktyk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U20, AiR1_U01, AiR1_U02</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.PR_A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się technikami informacyjno-komunikacyjnymi właściwymi do realizacji zadań typowych dla działalności inżynierskiej.										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>