--- v1 (2026-01-17)
+++ v2 (2026-02-09)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z przebiegu praktyk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U02, AiR1_U19</w:t>
+        <w:t xml:space="preserve">AiR1_U19, AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.PR_A_K1: </w:t>
       </w:r>
     </w:p>