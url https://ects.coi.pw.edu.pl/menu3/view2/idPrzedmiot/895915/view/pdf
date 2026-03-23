--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdania z przebiegu praktyk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U19, AiR1_U02</w:t>
+        <w:t xml:space="preserve">AiR1_U02, AiR1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.PR_A_K1: </w:t>
       </w:r>
     </w:p>
@@ -1055,51 +1055,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_K02, AiR1_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P8S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P8S_KO, P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.PR_A_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi współdziałać i pracować w grupie, przyjmując w niej różne role.													</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>