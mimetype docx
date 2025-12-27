--- v0 (2025-12-02)
+++ v1 (2025-12-27)
@@ -1194,51 +1194,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK427_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie  wyznaczyć  przemieszczenie  punktu  w  ramach  statycznie niewyznaczalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>