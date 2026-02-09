--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -834,71 +834,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK427_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie  pojęcia definiujące pracę  powłok  osiowosymetrycznych w  stanie  błonowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian zadaniowy. Na zakończenie semestru egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK427_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK427_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie  pojęcia definiujące pracę  powłok  osiowosymetrycznych w  stanie  błonowym.</w:t>
+        <w:t xml:space="preserve">Rozumie  i  objaśni  pojęcie  wyboczenia pręta ściskanego  oraz wpływ  warunków  brzegowych  na  wartość  siły  krytycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian zadaniowy. Na zakończenie semestru egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -909,146 +979,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK427_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK427_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie  i  objaśni  pojęcie  wyboczenia pręta ściskanego  oraz wpływ  warunków  brzegowych  na  wartość  siły  krytycznej.</w:t>
+        <w:t xml:space="preserve">Umie  określić  rozkłady  sił  wewnętrznych w  ramach statycznie  wyznaczalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian zadaniowy. Na zakończenie semestru egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W04</w:t>
+        <w:t xml:space="preserve">AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK427_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK427_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie  określić  rozkłady  sił  wewnętrznych w  ramach statycznie  wyznaczalnych.</w:t>
+        <w:t xml:space="preserve">Umie  wyznaczyć  przemieszczenie  punktu  w  ramach  statycznie  wyznaczalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian zadaniowy. Na zakończenie semestru egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1067,178 +1137,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK427_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK427_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie  wyznaczyć  przemieszczenie  punktu  w  ramach  statycznie  wyznaczalnych.</w:t>
+        <w:t xml:space="preserve">Umie  określić  rozkłady  sił  wewnętrznych w  ramach  statycznie  niewyznaczalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W trakcie trwania semestru sprawdzian zadaniowy. Na zakończenie semestru egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK427_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie  wyznaczyć  przemieszczenie  punktu  w  ramach  statycznie niewyznaczalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>