--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK342_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ogólne zasady budowy układów równań MES dla zagadnień statycznej analizy naprężeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -993,51 +993,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U04, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK342_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zbudować trójwymiarowy, liniowy model MES (ANSYS) konstrukcji, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>