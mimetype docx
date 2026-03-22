--- v1 (2025-12-27)
+++ v2 (2026-03-22)
@@ -993,51 +993,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U04, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK342_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie zbudować trójwymiarowy, liniowy model MES (ANSYS) konstrukcji, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1047,67 +1047,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie raportu sporządzonego na laboratorium komputerowym oraz testu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U04, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK342_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie liniowy model MES (ANSYS) konstrukcji powłokowej, wyznaczyć przemieszczenia, odkształcenia i naprężenia, przedstawić je w postaci wartości liczbowych, wykresów i map konturowych oraz wyciągnąć odpowiednie wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>