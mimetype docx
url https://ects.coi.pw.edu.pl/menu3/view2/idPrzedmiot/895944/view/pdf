--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -834,51 +834,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W05, AiR1_W08, AiR1_W04</w:t>
+        <w:t xml:space="preserve">AiR1_W04, AiR1_W05, AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1124,67 +1124,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U09, AiR1_U20</w:t>
+        <w:t xml:space="preserve">AiR1_U09, AiR1_U20, AiR1_U01, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK717_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie oszacować wartości sił o charakterze udarowym działających na ciało człowieka (i ich skutki dla życia i zdrowia) pojawiających się w trakcie wypadku drogowego i/lub wypadku przy pracy.  														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1194,67 +1194,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U07, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK717_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie stosować zasady biomechaniki i ergonomii do projektowania funkcjonalnych i bezpiecznych dla zdrowia użytkownika nowych lub oceny istniejących stanowisk pracy.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>