--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -1124,67 +1124,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczeniowe (test).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U09, AiR1_U20, AiR1_U01, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U09, AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK717_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie oszacować wartości sił o charakterze udarowym działających na ciało człowieka (i ich skutki dla życia i zdrowia) pojawiających się w trakcie wypadku drogowego i/lub wypadku przy pracy.  														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1210,51 +1210,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05, AiR1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK717_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie stosować zasady biomechaniki i ergonomii do projektowania funkcjonalnych i bezpiecznych dla zdrowia użytkownika nowych lub oceny istniejących stanowisk pracy.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>