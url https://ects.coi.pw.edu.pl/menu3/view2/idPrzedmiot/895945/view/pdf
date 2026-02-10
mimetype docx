--- v0 (2025-12-02)
+++ v1 (2026-02-10)
@@ -748,51 +748,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W12, AiR1_W01, AiR1_W09</w:t>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W09, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1124,121 +1124,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK361_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zdefiniować pojęcie i opisać prosty model układu z obserwatorem stanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK361_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi na wybranym przez siebie przykładzie zilustrować najważniejsze cechy metody Lapunowa oceny stabilności układów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>