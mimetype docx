--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -984,191 +984,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK361_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zdefiniować i wyznaczyć macierz tranzycji stanu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK361_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK361_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zdefiniować i wyznaczyć macierz tranzycji stanu.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować technikę sprzężenia zwrotnego od zmiennych stanu, w celu zmiany parametrów dynamicznych układu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium 1, egzamin.</w:t>
+        <w:t xml:space="preserve">Kolokwium 2, egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK361_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdefiniować pojęcie i opisać prosty model układu z obserwatorem stanu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>